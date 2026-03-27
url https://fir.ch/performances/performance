--- v0 (2025-12-08)
+++ v1 (2026-03-27)
@@ -3,134 +3,135 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/chartsheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\PNy_Site Internet\Dès 2018 Exploitation site\Publications\2024\Graphiques\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\PNy_Site Internet\Dès 2018 Exploitation site\Publications\2025\Graphiques\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9ABDA3D9-A26E-42FA-AEB1-10FCA8DEAF36}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{00B2F811-E887-4EF0-9603-D7E2BE99DB82}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Graphe Performance" sheetId="4" r:id="rId1"/>
     <sheet name="Performance" sheetId="1" r:id="rId2"/>
     <sheet name="Performance historique" sheetId="5" r:id="rId3"/>
   </sheets>
-  <calcPr calcId="191029" iterate="1"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B19" i="5" l="1"/>
+  <c r="B20" i="5"/>
+  <c r="C2" i="5"/>
+  <c r="B2" i="1"/>
+  <c r="C3" i="5"/>
+  <c r="C4" i="5"/>
+  <c r="B3" i="1" l="1"/>
+  <c r="C5" i="5"/>
   <c r="B4" i="1" s="1"/>
-  <c r="B3" i="1"/>
-[...5 lines deleted...]
-  <c r="C5" i="5"/>
   <c r="C6" i="5"/>
-  <c r="C7" i="5" l="1"/>
-[...1 lines deleted...]
-  <c r="C10" i="5"/>
+  <c r="C7" i="5"/>
+  <c r="C8" i="5" l="1"/>
+  <c r="C10" i="5" l="1"/>
   <c r="C11" i="5"/>
   <c r="C12" i="5"/>
   <c r="C13" i="5"/>
   <c r="C14" i="5"/>
   <c r="C15" i="5"/>
   <c r="C16" i="5"/>
-  <c r="C8" i="5"/>
+  <c r="C17" i="5"/>
+  <c r="C9" i="5"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="9">
   <si>
     <t>Période</t>
   </si>
   <si>
     <t>Performance</t>
   </si>
   <si>
     <t>Années comptables</t>
   </si>
   <si>
     <t>Performance sur 12 mois au:</t>
   </si>
   <si>
     <t>MGO à 5 ans</t>
   </si>
   <si>
     <t>MGO à 3 ans</t>
   </si>
   <si>
     <t>Correction &lt;0</t>
   </si>
   <si>
-    <t>2022-2024 (p.a.)</t>
+    <t>2023-2025 (p.a.)</t>
   </si>
   <si>
-    <t>2020-2024 (p.a.)</t>
+    <t>2021-2025 (p.a.)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -326,75 +327,75 @@
                     <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="fr-FR"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>Performance!$A$2:$A$4</c:f>
               <c:strCache>
                 <c:ptCount val="3"/>
                 <c:pt idx="0">
-                  <c:v>2024</c:v>
+                  <c:v>2025</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>2022-2024 (p.a.)</c:v>
+                  <c:v>2023-2025 (p.a.)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>2020-2024 (p.a.)</c:v>
+                  <c:v>2021-2025 (p.a.)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Performance!$B$2:$B$4</c:f>
               <c:numCache>
                 <c:formatCode>0.00%</c:formatCode>
                 <c:ptCount val="3"/>
                 <c:pt idx="0">
                   <c:v>0.13550000000000001</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>-8.8737023234825019E-3</c:v>
+                  <c:v>9.0941370410151601E-2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>4.0250848900383662E-2</c:v>
+                  <c:v>5.5405563655419154E-2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-D544-4DE0-86D6-A627F72689E3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="180"/>
         <c:axId val="199330048"/>
         <c:axId val="199348224"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="199330048"/>
         <c:scaling>
@@ -453,51 +454,51 @@
         <c:crossAx val="199330048"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:ln>
       <a:noFill/>
     </a:ln>
   </c:spPr>
 </c:chartSpace>
 </file>
 
 <file path=xl/chartsheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/chartsheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" workbookViewId="0"/>
+    <sheetView zoomScale="85" workbookViewId="0"/>
   </sheetViews>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </chartsheet>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:absoluteAnchor>
     <xdr:pos x="0" y="0"/>
     <xdr:ext cx="9312088" cy="6084794"/>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Graphique 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
@@ -789,338 +790,350 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:B5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F10" sqref="F10"/>
+      <selection pane="bottomLeft" activeCell="C23" sqref="C22:C23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="17.7109375" style="1" customWidth="1"/>
     <col min="3" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B2" s="3">
-        <f>+'Performance historique'!B2</f>
+        <f>+'Performance historique'!B3</f>
         <v>0.13550000000000001</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="3">
-        <f>+'Performance historique'!B18</f>
-        <v>-8.8737023234825019E-3</v>
+        <f>+'Performance historique'!B19</f>
+        <v>9.0941370410151601E-2</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="3">
-        <f>+'Performance historique'!B19</f>
-        <v>4.0250848900383662E-2</v>
+        <f>+'Performance historique'!B20</f>
+        <v>5.5405563655419154E-2</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="4"/>
       <c r="B5" s="3"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:C21"/>
+  <dimension ref="A1:C22"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="B20" sqref="B20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="24.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.140625" style="1" customWidth="1"/>
     <col min="4" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A1" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="2">
-        <v>45473</v>
+        <v>45838</v>
       </c>
       <c r="B2" s="3">
-        <v>0.13550000000000001</v>
+        <v>0.1066</v>
       </c>
       <c r="C2" s="6">
-        <f t="shared" ref="C2:C8" si="0">1+B2</f>
-        <v>1.1355</v>
+        <f t="shared" ref="C2:C9" si="0">1+B2</f>
+        <v>1.1066</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A3" s="2">
-        <v>45107</v>
+        <v>45473</v>
       </c>
       <c r="B3" s="3">
-        <v>3.3300000000000003E-2</v>
+        <v>0.13550000000000001</v>
       </c>
       <c r="C3" s="6">
         <f t="shared" si="0"/>
-        <v>1.0333000000000001</v>
+        <v>1.1355</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="2">
-        <v>44742</v>
+        <v>45107</v>
       </c>
       <c r="B4" s="3">
-        <v>-0.17019999999999999</v>
+        <v>3.3300000000000003E-2</v>
       </c>
       <c r="C4" s="6">
         <f t="shared" si="0"/>
-        <v>0.82979999999999998</v>
+        <v>1.0333000000000001</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" s="2">
-        <v>44377</v>
+        <v>44742</v>
       </c>
       <c r="B5" s="3">
-        <v>0.21540000000000001</v>
+        <v>-0.17019999999999999</v>
       </c>
       <c r="C5" s="6">
         <f t="shared" si="0"/>
-        <v>1.2154</v>
+        <v>0.82979999999999998</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="2">
-        <v>44012</v>
+        <v>44377</v>
       </c>
       <c r="B6" s="3">
-        <v>2.9399999999999999E-2</v>
+        <v>0.21540000000000001</v>
       </c>
       <c r="C6" s="6">
         <f t="shared" si="0"/>
-        <v>1.0294000000000001</v>
+        <v>1.2154</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="2">
-        <v>43646</v>
+        <v>44012</v>
       </c>
       <c r="B7" s="3">
-        <v>0.15090000000000001</v>
+        <v>2.9399999999999999E-2</v>
       </c>
       <c r="C7" s="6">
         <f t="shared" si="0"/>
-        <v>1.1509</v>
+        <v>1.0294000000000001</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" s="2">
-        <v>43281</v>
+        <v>43646</v>
       </c>
       <c r="B8" s="3">
-        <v>-2.6800000000000001E-2</v>
+        <v>0.15090000000000001</v>
       </c>
       <c r="C8" s="6">
         <f t="shared" si="0"/>
-        <v>0.97319999999999995</v>
+        <v>1.1509</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A9" s="2">
-        <v>42916</v>
+        <v>43281</v>
       </c>
       <c r="B9" s="3">
-        <v>6.7799999999999999E-2</v>
+        <v>-2.6800000000000001E-2</v>
       </c>
       <c r="C9" s="6">
-        <f t="shared" ref="C9:C16" si="1">1+B9</f>
-        <v>1.0678000000000001</v>
+        <f t="shared" si="0"/>
+        <v>0.97319999999999995</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="2">
+        <v>42916</v>
+      </c>
+      <c r="B10" s="3">
+        <v>6.7799999999999999E-2</v>
+      </c>
+      <c r="C10" s="6">
+        <f t="shared" ref="C10:C17" si="1">1+B10</f>
+        <v>1.0678000000000001</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A11" s="2">
         <v>42551</v>
       </c>
-      <c r="B10" s="3">
+      <c r="B11" s="3">
         <v>0.1031</v>
       </c>
-      <c r="C10" s="6">
+      <c r="C11" s="6">
         <f t="shared" si="1"/>
         <v>1.1031</v>
       </c>
     </row>
-    <row r="11" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A11" s="2">
+    <row r="12" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A12" s="2">
         <v>42185</v>
       </c>
-      <c r="B11" s="3">
+      <c r="B12" s="3">
         <v>0.15989999999999999</v>
       </c>
-      <c r="C11" s="6">
+      <c r="C12" s="6">
         <f t="shared" si="1"/>
         <v>1.1598999999999999</v>
       </c>
     </row>
-    <row r="12" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A12" s="2">
+    <row r="13" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A13" s="2">
         <v>41820</v>
       </c>
-      <c r="B12" s="3">
+      <c r="B13" s="3">
         <v>3.9300000000000002E-2</v>
       </c>
-      <c r="C12" s="6">
+      <c r="C13" s="6">
         <f t="shared" si="1"/>
         <v>1.0392999999999999</v>
       </c>
     </row>
-    <row r="13" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A13" s="2">
+    <row r="14" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A14" s="2">
         <v>41455</v>
       </c>
-      <c r="B13" s="3">
+      <c r="B14" s="3">
         <v>6.9800000000000001E-2</v>
       </c>
-      <c r="C13" s="6">
+      <c r="C14" s="6">
         <f t="shared" si="1"/>
         <v>1.0698000000000001</v>
       </c>
     </row>
-    <row r="14" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A14" s="2">
+    <row r="15" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A15" s="2">
         <v>41090</v>
       </c>
-      <c r="B14" s="3">
+      <c r="B15" s="3">
         <v>0.1187</v>
       </c>
-      <c r="C14" s="6">
+      <c r="C15" s="6">
         <f t="shared" si="1"/>
         <v>1.1187</v>
       </c>
     </row>
-    <row r="15" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A15" s="2">
+    <row r="16" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A16" s="2">
         <v>40724</v>
       </c>
-      <c r="B15" s="3">
+      <c r="B16" s="3">
         <v>0.28299999999999997</v>
       </c>
-      <c r="C15" s="6">
+      <c r="C16" s="6">
         <f t="shared" si="1"/>
         <v>1.2829999999999999</v>
       </c>
     </row>
-    <row r="16" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A16" s="2">
+    <row r="17" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A17" s="2">
         <v>40359</v>
       </c>
-      <c r="B16" s="3">
+      <c r="B17" s="3">
         <v>0.1094</v>
       </c>
-      <c r="C16" s="6">
+      <c r="C17" s="6">
         <f t="shared" si="1"/>
         <v>1.1093999999999999</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-    </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A19" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="B19" s="3">
+        <f>+GEOMEAN(C2:C4)-1</f>
+        <v>9.0941370410151601E-2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A20" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B19" s="3">
+      <c r="B20" s="3">
         <f>+GEOMEAN(C2:C6)-1</f>
-        <v>4.0250848900383662E-2</v>
-[...3 lines deleted...]
-      <c r="A21" s="8" t="s">
+        <v>5.5405563655419154E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A22" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="B21" s="8"/>
-      <c r="C21" s="8"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A21:C21"/>
+    <mergeCell ref="A22:C22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Graphiques</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>