--- v0 (2025-12-08)
+++ v1 (2026-03-19)
@@ -1,65 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/chartsheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\PNy_Site Internet\Dès 2018 Exploitation site\Publications\2024\Graphiques\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\PNy_Site Internet\Dès 2018 Exploitation site\Publications\2025\Graphiques\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{25F1DB60-9C6D-4D7C-9751-E8B142802827}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6E509B9F-B397-4736-AF0E-AEF35F8F3807}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Graphe du taux d'endettement" sheetId="4" r:id="rId1"/>
     <sheet name="Taux d'endettement" sheetId="1" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="145621" iterate="1"/>
+  <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2" uniqueCount="2">
   <si>
     <t>Exercice</t>
   </si>
   <si>
     <t>Tx Endettement</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -166,54 +166,54 @@
           <c:w val="0.93431801557592187"/>
           <c:h val="0.90184215728264094"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:v>Taux d'endettement</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="19050">
               <a:solidFill>
                 <a:srgbClr val="007BA6"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>'Taux d''endettement'!$A$2:$A$71</c:f>
+              <c:f>'Taux d''endettement'!$A$2:$A$72</c:f>
               <c:numCache>
                 <c:formatCode>\y\y\y\y</c:formatCode>
-                <c:ptCount val="70"/>
+                <c:ptCount val="71"/>
                 <c:pt idx="0">
                   <c:v>20270</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>20636</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>21001</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>21366</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>21731</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>22097</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>22462</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>22827</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -379,60 +379,63 @@
                   <c:v>42551</c:v>
                 </c:pt>
                 <c:pt idx="62">
                   <c:v>42916</c:v>
                 </c:pt>
                 <c:pt idx="63">
                   <c:v>43281</c:v>
                 </c:pt>
                 <c:pt idx="64">
                   <c:v>43646</c:v>
                 </c:pt>
                 <c:pt idx="65">
                   <c:v>44012</c:v>
                 </c:pt>
                 <c:pt idx="66">
                   <c:v>44377</c:v>
                 </c:pt>
                 <c:pt idx="67">
                   <c:v>44742</c:v>
                 </c:pt>
                 <c:pt idx="68">
                   <c:v>45107</c:v>
                 </c:pt>
                 <c:pt idx="69">
                   <c:v>45473</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>45838</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'Taux d''endettement'!$B$2:$B$71</c:f>
+              <c:f>'Taux d''endettement'!$B$2:$B$72</c:f>
               <c:numCache>
                 <c:formatCode>0.00%</c:formatCode>
-                <c:ptCount val="70"/>
+                <c:ptCount val="71"/>
                 <c:pt idx="0">
                   <c:v>0.45865513895601817</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.38033653228892067</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.38454538243705794</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0.47472026543735785</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0.53449392228907555</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0.53095500398519391</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0.52720783265083315</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0.48448347361097738</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -598,79 +601,82 @@
                   <c:v>0.1469</c:v>
                 </c:pt>
                 <c:pt idx="62">
                   <c:v>0.15989999999999999</c:v>
                 </c:pt>
                 <c:pt idx="63">
                   <c:v>8.6400000000000005E-2</c:v>
                 </c:pt>
                 <c:pt idx="64">
                   <c:v>0.10929999999999999</c:v>
                 </c:pt>
                 <c:pt idx="65">
                   <c:v>0.1242</c:v>
                 </c:pt>
                 <c:pt idx="66">
                   <c:v>0.12770000000000001</c:v>
                 </c:pt>
                 <c:pt idx="67">
                   <c:v>0.1104</c:v>
                 </c:pt>
                 <c:pt idx="68">
                   <c:v>0.12520000000000001</c:v>
                 </c:pt>
                 <c:pt idx="69">
                   <c:v>0.1371</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>0.21340000000000001</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-BA54-46A9-B44C-C0058ED55125}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="182944896"/>
         <c:axId val="182946432"/>
       </c:lineChart>
       <c:dateAx>
         <c:axId val="182944896"/>
         <c:scaling>
           <c:orientation val="minMax"/>
-          <c:max val="45473"/>
-          <c:min val="19725"/>
+          <c:max val="45838"/>
+          <c:min val="20090"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="yyyy" sourceLinked="0"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900"/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="182946432"/>
         <c:crosses val="autoZero"/>
         <c:auto val="0"/>
         <c:lblOffset val="100"/>
         <c:baseTimeUnit val="years"/>
         <c:majorUnit val="2"/>
         <c:majorTimeUnit val="years"/>
         <c:minorUnit val="1"/>
@@ -740,51 +746,51 @@
 </file>
 
 <file path=xl/chartsheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/chartsheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </chartsheet>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:absoluteAnchor>
     <xdr:pos x="0" y="0"/>
-    <xdr:ext cx="9305925" cy="6076950"/>
+    <xdr:ext cx="9296400" cy="6070600"/>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Graphique 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noGrp="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:absoluteAnchor>
@@ -1056,629 +1062,637 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:B71"/>
+  <dimension ref="A1:B72"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A72" sqref="A72"/>
+      <selection pane="bottomLeft" activeCell="A74" sqref="A74"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.7109375" style="4" customWidth="1"/>
-    <col min="2" max="2" width="17.7109375" style="3" customWidth="1"/>
+    <col min="1" max="1" width="17.7265625" style="4" customWidth="1"/>
+    <col min="2" max="2" width="17.7265625" style="3" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A2" s="5">
         <v>20270</v>
       </c>
       <c r="B2" s="3">
         <v>0.45865513895601817</v>
       </c>
     </row>
-    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A3" s="5">
         <v>20636</v>
       </c>
       <c r="B3" s="3">
         <v>0.38033653228892067</v>
       </c>
     </row>
-    <row r="4" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A4" s="5">
         <v>21001</v>
       </c>
       <c r="B4" s="3">
         <v>0.38454538243705794</v>
       </c>
     </row>
-    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A5" s="5">
         <v>21366</v>
       </c>
       <c r="B5" s="3">
         <v>0.47472026543735785</v>
       </c>
     </row>
-    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A6" s="5">
         <v>21731</v>
       </c>
       <c r="B6" s="3">
         <v>0.53449392228907555</v>
       </c>
     </row>
-    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A7" s="5">
         <v>22097</v>
       </c>
       <c r="B7" s="3">
         <v>0.53095500398519391</v>
       </c>
     </row>
-    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A8" s="5">
         <v>22462</v>
       </c>
       <c r="B8" s="3">
         <v>0.52720783265083315</v>
       </c>
     </row>
-    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A9" s="5">
         <v>22827</v>
       </c>
       <c r="B9" s="3">
         <v>0.48448347361097738</v>
       </c>
     </row>
-    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A10" s="5">
         <v>23192</v>
       </c>
       <c r="B10" s="3">
         <v>0.5049421903745126</v>
       </c>
     </row>
-    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A11" s="5">
         <v>23558</v>
       </c>
       <c r="B11" s="3">
         <v>0.47603755757261879</v>
       </c>
     </row>
-    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A12" s="5">
         <v>23923</v>
       </c>
       <c r="B12" s="3">
         <v>0.48681780082222087</v>
       </c>
     </row>
-    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A13" s="5">
         <v>24288</v>
       </c>
       <c r="B13" s="3">
         <v>0.41713064913153497</v>
       </c>
     </row>
-    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A14" s="5">
         <v>24653</v>
       </c>
       <c r="B14" s="3">
         <v>0.35794520974996269</v>
       </c>
     </row>
-    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A15" s="5">
         <v>25019</v>
       </c>
       <c r="B15" s="3">
         <v>0.35277593272139462</v>
       </c>
     </row>
-    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A16" s="5">
         <v>25384</v>
       </c>
       <c r="B16" s="3">
         <v>0.35389031746357691</v>
       </c>
     </row>
-    <row r="17" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A17" s="5">
         <v>25749</v>
       </c>
       <c r="B17" s="3">
         <v>0.35579673133165346</v>
       </c>
     </row>
-    <row r="18" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A18" s="5">
         <v>26114</v>
       </c>
       <c r="B18" s="3">
         <v>0.35513602753069901</v>
       </c>
     </row>
-    <row r="19" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A19" s="5">
         <v>26480</v>
       </c>
       <c r="B19" s="3">
         <v>0.33963513318561123</v>
       </c>
     </row>
-    <row r="20" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A20" s="5">
         <v>26845</v>
       </c>
       <c r="B20" s="3">
         <v>0.32896837776773613</v>
       </c>
     </row>
-    <row r="21" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A21" s="5">
         <v>27210</v>
       </c>
       <c r="B21" s="3">
         <v>0.34102426156011439</v>
       </c>
     </row>
-    <row r="22" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A22" s="5">
         <v>27575</v>
       </c>
       <c r="B22" s="3">
         <v>0.34626929532782158</v>
       </c>
     </row>
-    <row r="23" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A23" s="5">
         <v>27941</v>
       </c>
       <c r="B23" s="3">
         <v>0.34235213920015461</v>
       </c>
     </row>
-    <row r="24" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A24" s="5">
         <v>28306</v>
       </c>
       <c r="B24" s="3">
         <v>0.33782784876393601</v>
       </c>
     </row>
-    <row r="25" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A25" s="5">
         <v>28671</v>
       </c>
       <c r="B25" s="3">
         <v>0.32117598122065727</v>
       </c>
     </row>
-    <row r="26" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A26" s="5">
         <v>29036</v>
       </c>
       <c r="B26" s="3">
         <v>0.31530833692596061</v>
       </c>
     </row>
-    <row r="27" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A27" s="5">
         <v>29402</v>
       </c>
       <c r="B27" s="3">
         <v>0.30900733599811897</v>
       </c>
     </row>
-    <row r="28" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A28" s="5">
         <v>29767</v>
       </c>
       <c r="B28" s="3">
         <v>0.30757075418215618</v>
       </c>
     </row>
-    <row r="29" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A29" s="5">
         <v>30132</v>
       </c>
       <c r="B29" s="3">
         <v>0.28989300127442652</v>
       </c>
     </row>
-    <row r="30" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A30" s="5">
         <v>30497</v>
       </c>
       <c r="B30" s="3">
         <v>0.31477425477605392</v>
       </c>
     </row>
-    <row r="31" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A31" s="5">
         <v>30863</v>
       </c>
       <c r="B31" s="3">
         <v>0.26960159147771695</v>
       </c>
     </row>
-    <row r="32" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A32" s="5">
         <v>31228</v>
       </c>
       <c r="B32" s="3">
         <v>0.25532482207421503</v>
       </c>
     </row>
-    <row r="33" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A33" s="5">
         <v>31593</v>
       </c>
       <c r="B33" s="3">
         <v>0.26740054730172602</v>
       </c>
     </row>
-    <row r="34" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A34" s="5">
         <v>31958</v>
       </c>
       <c r="B34" s="3">
         <v>0.25224561075062935</v>
       </c>
     </row>
-    <row r="35" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A35" s="5">
         <v>32324</v>
       </c>
       <c r="B35" s="3">
         <v>0.2302582126348228</v>
       </c>
     </row>
-    <row r="36" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A36" s="5">
         <v>32689</v>
       </c>
       <c r="B36" s="3">
         <v>0.20974644824522434</v>
       </c>
     </row>
-    <row r="37" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A37" s="5">
         <v>33054</v>
       </c>
       <c r="B37" s="3">
         <v>0.21024608160254227</v>
       </c>
     </row>
-    <row r="38" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A38" s="5">
         <v>33419</v>
       </c>
       <c r="B38" s="3">
         <v>0.1590701654314452</v>
       </c>
     </row>
-    <row r="39" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A39" s="5">
         <v>33785</v>
       </c>
       <c r="B39" s="3">
         <v>0.14029966922622564</v>
       </c>
     </row>
-    <row r="40" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A40" s="5">
         <v>34150</v>
       </c>
       <c r="B40" s="3">
         <v>0.10973975139530312</v>
       </c>
     </row>
-    <row r="41" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A41" s="5">
         <v>34515</v>
       </c>
       <c r="B41" s="3">
         <v>0.10353358888016093</v>
       </c>
     </row>
-    <row r="42" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A42" s="5">
         <v>34880</v>
       </c>
       <c r="B42" s="3">
         <v>9.6494599472164877E-2</v>
       </c>
     </row>
-    <row r="43" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A43" s="5">
         <v>35246</v>
       </c>
       <c r="B43" s="3">
         <v>9.0943933326460863E-2</v>
       </c>
     </row>
-    <row r="44" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A44" s="5">
         <v>35611</v>
       </c>
       <c r="B44" s="3">
         <v>8.9098396600769736E-2</v>
       </c>
     </row>
-    <row r="45" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A45" s="5">
         <v>35976</v>
       </c>
       <c r="B45" s="3">
         <v>8.5398745879692803E-2</v>
       </c>
     </row>
-    <row r="46" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A46" s="5">
         <v>36341</v>
       </c>
       <c r="B46" s="3">
         <v>8.3151546036946744E-2</v>
       </c>
     </row>
-    <row r="47" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A47" s="5">
         <v>36707</v>
       </c>
       <c r="B47" s="3">
         <v>8.018269092855386E-2</v>
       </c>
     </row>
-    <row r="48" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A48" s="5">
         <v>37072</v>
       </c>
       <c r="B48" s="3">
         <v>8.9723278192508568E-2</v>
       </c>
     </row>
-    <row r="49" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A49" s="5">
         <v>37437</v>
       </c>
       <c r="B49" s="3">
         <v>8.6460138436482079E-2</v>
       </c>
     </row>
-    <row r="50" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A50" s="5">
         <v>37802</v>
       </c>
       <c r="B50" s="3">
         <v>0.14193855062540528</v>
       </c>
     </row>
-    <row r="51" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A51" s="5">
         <v>38168</v>
       </c>
       <c r="B51" s="3">
         <v>2.4118115154165239E-2</v>
       </c>
     </row>
-    <row r="52" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A52" s="5">
         <v>38533</v>
       </c>
       <c r="B52" s="3">
         <v>4.502016118516642E-2</v>
       </c>
     </row>
-    <row r="53" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A53" s="5">
         <v>38898</v>
       </c>
       <c r="B53" s="3">
         <v>9.3630667396213701E-2</v>
       </c>
     </row>
-    <row r="54" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A54" s="5">
         <v>39263</v>
       </c>
       <c r="B54" s="3">
         <v>3.8763171613658042E-3</v>
       </c>
     </row>
-    <row r="55" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A55" s="5">
         <v>39629</v>
       </c>
       <c r="B55" s="3">
         <v>1.2677921630306028E-2</v>
       </c>
     </row>
-    <row r="56" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A56" s="5">
         <v>39994</v>
       </c>
       <c r="B56" s="3">
         <v>6.508213736387386E-2</v>
       </c>
     </row>
-    <row r="57" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A57" s="5">
         <v>40359</v>
       </c>
       <c r="B57" s="3">
         <v>0.13</v>
       </c>
     </row>
-    <row r="58" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A58" s="5">
         <v>40724</v>
       </c>
       <c r="B58" s="3">
         <v>8.4500000000000006E-2</v>
       </c>
     </row>
-    <row r="59" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A59" s="5">
         <v>41090</v>
       </c>
       <c r="B59" s="3">
         <v>9.6199999999999994E-2</v>
       </c>
     </row>
-    <row r="60" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A60" s="5">
         <v>41455</v>
       </c>
       <c r="B60" s="3">
         <v>0.1285</v>
       </c>
     </row>
-    <row r="61" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A61" s="5">
         <v>41820</v>
       </c>
       <c r="B61" s="3">
         <v>0.13600000000000001</v>
       </c>
     </row>
-    <row r="62" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A62" s="5">
         <v>42185</v>
       </c>
       <c r="B62" s="3">
         <v>0.1492</v>
       </c>
     </row>
-    <row r="63" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A63" s="5">
         <v>42551</v>
       </c>
       <c r="B63" s="3">
         <v>0.1469</v>
       </c>
     </row>
-    <row r="64" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A64" s="5">
         <v>42916</v>
       </c>
       <c r="B64" s="3">
         <v>0.15989999999999999</v>
       </c>
     </row>
-    <row r="65" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A65" s="5">
         <v>43281</v>
       </c>
       <c r="B65" s="3">
         <v>8.6400000000000005E-2</v>
       </c>
     </row>
-    <row r="66" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A66" s="5">
         <v>43646</v>
       </c>
       <c r="B66" s="3">
         <v>0.10929999999999999</v>
       </c>
     </row>
-    <row r="67" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A67" s="5">
         <v>44012</v>
       </c>
       <c r="B67" s="3">
         <v>0.1242</v>
       </c>
     </row>
-    <row r="68" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A68" s="5">
         <v>44377</v>
       </c>
       <c r="B68" s="3">
         <v>0.12770000000000001</v>
       </c>
     </row>
-    <row r="69" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A69" s="5">
         <v>44742</v>
       </c>
       <c r="B69" s="3">
         <v>0.1104</v>
       </c>
     </row>
-    <row r="70" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A70" s="5">
         <v>45107</v>
       </c>
       <c r="B70" s="3">
         <v>0.12520000000000001</v>
       </c>
     </row>
-    <row r="71" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A71" s="5">
         <v>45473</v>
       </c>
       <c r="B71" s="3">
         <v>0.1371</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A72" s="5">
+        <v>45838</v>
+      </c>
+      <c r="B72" s="3">
+        <v>0.21340000000000001</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Graphiques</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>