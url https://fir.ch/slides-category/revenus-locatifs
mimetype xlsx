--- v0 (2025-12-21)
+++ v1 (2026-03-22)
@@ -1,65 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/chartsheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\PNy_Site Internet\Dès 2018 Exploitation site\Publications\2024\Graphiques\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\PNy_Site Internet\Dès 2018 Exploitation site\Publications\2025\Graphiques\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CA162645-CF0C-4F5C-99F8-EA6360BF5F02}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{35FF0E61-6B96-4B48-A7DF-A82297B38E3D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Graphe revenus locatifs" sheetId="4" r:id="rId1"/>
     <sheet name="Revenus locatifs" sheetId="1" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="145621" iterate="1"/>
+  <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2" uniqueCount="2">
   <si>
     <t>Exercice</t>
   </si>
   <si>
     <t>Revenus locatifs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -154,536 +154,549 @@
           <c:yMode val="edge"/>
           <c:x val="4.7467084032528722E-2"/>
           <c:y val="2.3227028629789478E-2"/>
           <c:w val="0.9296407211393658"/>
           <c:h val="0.90184215728264094"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:v>Revenus Locatifs (en CHF)</c:v>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="007BA6"/>
             </a:solidFill>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
-              <c:f>'Revenus locatifs'!$A$3:$A$71</c:f>
+              <c:f>'Revenus locatifs'!$A$2:$A$72</c:f>
               <c:numCache>
                 <c:formatCode>\y\y\y\y</c:formatCode>
-                <c:ptCount val="69"/>
+                <c:ptCount val="71"/>
                 <c:pt idx="0">
+                  <c:v>20270</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>20636</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>21001</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>21366</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>21731</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>22097</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>22462</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>22827</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>23192</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>23558</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>23923</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>24288</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>24653</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>25019</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>25384</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>25749</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>26114</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>26480</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>26845</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>27210</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>27575</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>27941</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>28306</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>28671</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>29036</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>29402</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>29767</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>30132</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>30497</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>30863</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>31228</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>31593</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>31958</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>32324</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>32689</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>33054</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>33419</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>33785</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>34150</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>34515</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>34880</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>35246</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>35611</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>35976</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>36341</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>36707</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>37072</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>37437</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>37802</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>38168</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>38533</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>38898</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>39263</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>39629</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>39994</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>40359</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>40724</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>41090</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>41455</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>41820</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>42185</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>42551</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>42916</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>43281</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>43646</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>44012</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>44377</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>44742</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>45107</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>45473</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>45838</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'Revenus locatifs'!$B$3:$B$71</c:f>
+              <c:f>'Revenus locatifs'!$B$2:$B$72</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="69"/>
+                <c:ptCount val="71"/>
                 <c:pt idx="0">
+                  <c:v>323898.31</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>671376.62</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>897291.17</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>1113242.51</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>2333173.9500000002</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>2320520.5499999998</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>3205131.46</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>4292597.1500000004</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>5014612.2</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>6026545.5099999998</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>6828239.2199999997</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>7891012.4500000002</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>6048470.5300000003</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>6561633.7999999998</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>6799423.9500000002</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>7280293</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>7788384.5</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>8214405.25</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>8816108.8499999996</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>9297729.3000000007</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>10017424</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>10150896.050000001</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>10107680.050000001</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>10180667.800000001</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>10180211.550000001</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>9999764.75</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>10270038</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>11503819.050000001</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>13187919.550000001</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>14048530.300000001</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>14453854.050000001</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>15322898.949999999</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>16109181.1</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>16656997.9</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>17472570</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>18904633.550000001</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>20510611.699999999</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>21654523.100000001</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>21862203.850000001</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>21580131.949999999</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>21461506.75</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>22180123.5</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>22223189.149999999</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>22005381.350000001</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>21954725.899999999</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>23016438.199999999</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>24059908.199999999</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>24804900.199999999</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>38725230.899999999</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>39616189.450000003</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>41128081.399999999</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>42046732.299999997</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>43600237.899999999</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>46931364.049999997</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>49574904.700000003</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>51259805.299999997</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>55692364</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>57639111.549999997</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>61425267.399999999</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>64430220.649999999</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>65516547.600000001</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>67629340.700000003</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>68156319.700000003</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>67941821.900000006</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>69309933.200000003</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>72870648.75</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>73457085.75</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>74979561.540000007</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>76826678.239999995</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>80368647.099999994</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>84721339.650000006</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-0BBD-47D2-A652-A8ECE873C2D7}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:axId val="118901760"/>
         <c:axId val="118903552"/>
       </c:barChart>
       <c:dateAx>
         <c:axId val="118901760"/>
         <c:scaling>
           <c:orientation val="minMax"/>
-          <c:max val="45473"/>
+          <c:max val="45838"/>
           <c:min val="20090"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="yyyy" sourceLinked="0"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
           <a:bodyPr rot="0" vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="118903552"/>
         <c:crosses val="autoZero"/>
         <c:auto val="0"/>
         <c:lblOffset val="100"/>
         <c:baseTimeUnit val="years"/>
-        <c:majorUnit val="3"/>
+        <c:majorUnit val="5"/>
         <c:majorTimeUnit val="years"/>
-        <c:minorUnit val="2"/>
+        <c:minorUnit val="1"/>
+        <c:minorTimeUnit val="months"/>
       </c:dateAx>
       <c:valAx>
         <c:axId val="118903552"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines/>
         <c:numFmt formatCode="#,##0" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
           <a:bodyPr rot="0" vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
@@ -771,66 +784,66 @@
     <a:p>
       <a:pPr>
         <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Calibri"/>
           <a:ea typeface="Calibri"/>
           <a:cs typeface="Calibri"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="fr-FR"/>
     </a:p>
   </c:txPr>
 </c:chartSpace>
 </file>
 
 <file path=xl/chartsheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/chartsheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="115" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScale="85" workbookViewId="0"/>
   </sheetViews>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </chartsheet>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:absoluteAnchor>
     <xdr:pos x="0" y="0"/>
-    <xdr:ext cx="9301370" cy="6071152"/>
+    <xdr:ext cx="9298609" cy="6073913"/>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Graphique 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noGrp="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:absoluteAnchor>
@@ -1102,629 +1115,637 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:B71"/>
+  <dimension ref="A1:B72"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B72" sqref="B72"/>
+      <selection pane="bottomLeft" activeCell="A73" sqref="A73"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.7109375" style="4" customWidth="1"/>
-    <col min="2" max="2" width="17.7109375" style="3" customWidth="1"/>
+    <col min="1" max="1" width="17.7265625" style="4" customWidth="1"/>
+    <col min="2" max="2" width="17.7265625" style="3" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A2" s="5">
         <v>20270</v>
       </c>
       <c r="B2" s="3">
         <v>323898.31</v>
       </c>
     </row>
-    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A3" s="5">
         <v>20636</v>
       </c>
       <c r="B3" s="3">
         <v>671376.62</v>
       </c>
     </row>
-    <row r="4" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A4" s="5">
         <v>21001</v>
       </c>
       <c r="B4" s="3">
         <v>897291.17</v>
       </c>
     </row>
-    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A5" s="5">
         <v>21366</v>
       </c>
       <c r="B5" s="3">
         <v>1113242.51</v>
       </c>
     </row>
-    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A6" s="5">
         <v>21731</v>
       </c>
       <c r="B6" s="3">
         <v>2333173.9500000002</v>
       </c>
     </row>
-    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A7" s="5">
         <v>22097</v>
       </c>
       <c r="B7" s="3">
         <v>2320520.5499999998</v>
       </c>
     </row>
-    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A8" s="5">
         <v>22462</v>
       </c>
       <c r="B8" s="3">
         <v>3205131.46</v>
       </c>
     </row>
-    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A9" s="5">
         <v>22827</v>
       </c>
       <c r="B9" s="3">
         <v>4292597.1500000004</v>
       </c>
     </row>
-    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A10" s="5">
         <v>23192</v>
       </c>
       <c r="B10" s="3">
         <v>5014612.2</v>
       </c>
     </row>
-    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A11" s="5">
         <v>23558</v>
       </c>
       <c r="B11" s="3">
         <v>6026545.5099999998</v>
       </c>
     </row>
-    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A12" s="5">
         <v>23923</v>
       </c>
       <c r="B12" s="3">
         <v>6828239.2199999997</v>
       </c>
     </row>
-    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A13" s="5">
         <v>24288</v>
       </c>
       <c r="B13" s="3">
         <v>7891012.4500000002</v>
       </c>
     </row>
-    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A14" s="5">
         <v>24653</v>
       </c>
       <c r="B14" s="3">
         <v>6048470.5300000003</v>
       </c>
     </row>
-    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A15" s="5">
         <v>25019</v>
       </c>
       <c r="B15" s="3">
         <v>6561633.7999999998</v>
       </c>
     </row>
-    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A16" s="5">
         <v>25384</v>
       </c>
       <c r="B16" s="3">
         <v>6799423.9500000002</v>
       </c>
     </row>
-    <row r="17" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A17" s="5">
         <v>25749</v>
       </c>
       <c r="B17" s="3">
         <v>7280293</v>
       </c>
     </row>
-    <row r="18" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A18" s="5">
         <v>26114</v>
       </c>
       <c r="B18" s="3">
         <v>7788384.5</v>
       </c>
     </row>
-    <row r="19" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A19" s="5">
         <v>26480</v>
       </c>
       <c r="B19" s="3">
         <v>8214405.25</v>
       </c>
     </row>
-    <row r="20" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A20" s="5">
         <v>26845</v>
       </c>
       <c r="B20" s="3">
         <v>8816108.8499999996</v>
       </c>
     </row>
-    <row r="21" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A21" s="5">
         <v>27210</v>
       </c>
       <c r="B21" s="3">
         <v>9297729.3000000007</v>
       </c>
     </row>
-    <row r="22" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A22" s="5">
         <v>27575</v>
       </c>
       <c r="B22" s="3">
         <v>10017424</v>
       </c>
     </row>
-    <row r="23" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A23" s="5">
         <v>27941</v>
       </c>
       <c r="B23" s="3">
         <v>10150896.050000001</v>
       </c>
     </row>
-    <row r="24" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A24" s="5">
         <v>28306</v>
       </c>
       <c r="B24" s="3">
         <v>10107680.050000001</v>
       </c>
     </row>
-    <row r="25" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A25" s="5">
         <v>28671</v>
       </c>
       <c r="B25" s="3">
         <v>10180667.800000001</v>
       </c>
     </row>
-    <row r="26" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A26" s="5">
         <v>29036</v>
       </c>
       <c r="B26" s="3">
         <v>10180211.550000001</v>
       </c>
     </row>
-    <row r="27" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A27" s="5">
         <v>29402</v>
       </c>
       <c r="B27" s="3">
         <v>9999764.75</v>
       </c>
     </row>
-    <row r="28" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A28" s="5">
         <v>29767</v>
       </c>
       <c r="B28" s="3">
         <v>10270038</v>
       </c>
     </row>
-    <row r="29" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A29" s="5">
         <v>30132</v>
       </c>
       <c r="B29" s="3">
         <v>11503819.050000001</v>
       </c>
     </row>
-    <row r="30" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A30" s="5">
         <v>30497</v>
       </c>
       <c r="B30" s="3">
         <v>13187919.550000001</v>
       </c>
     </row>
-    <row r="31" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A31" s="5">
         <v>30863</v>
       </c>
       <c r="B31" s="3">
         <v>14048530.300000001</v>
       </c>
     </row>
-    <row r="32" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A32" s="5">
         <v>31228</v>
       </c>
       <c r="B32" s="3">
         <v>14453854.050000001</v>
       </c>
     </row>
-    <row r="33" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A33" s="5">
         <v>31593</v>
       </c>
       <c r="B33" s="3">
         <v>15322898.949999999</v>
       </c>
     </row>
-    <row r="34" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A34" s="5">
         <v>31958</v>
       </c>
       <c r="B34" s="3">
         <v>16109181.1</v>
       </c>
     </row>
-    <row r="35" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A35" s="5">
         <v>32324</v>
       </c>
       <c r="B35" s="3">
         <v>16656997.9</v>
       </c>
     </row>
-    <row r="36" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A36" s="5">
         <v>32689</v>
       </c>
       <c r="B36" s="3">
         <v>17472570</v>
       </c>
     </row>
-    <row r="37" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A37" s="5">
         <v>33054</v>
       </c>
       <c r="B37" s="3">
         <v>18904633.550000001</v>
       </c>
     </row>
-    <row r="38" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A38" s="5">
         <v>33419</v>
       </c>
       <c r="B38" s="3">
         <v>20510611.699999999</v>
       </c>
     </row>
-    <row r="39" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A39" s="5">
         <v>33785</v>
       </c>
       <c r="B39" s="3">
         <v>21654523.100000001</v>
       </c>
     </row>
-    <row r="40" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A40" s="5">
         <v>34150</v>
       </c>
       <c r="B40" s="3">
         <v>21862203.850000001</v>
       </c>
     </row>
-    <row r="41" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A41" s="5">
         <v>34515</v>
       </c>
       <c r="B41" s="3">
         <v>21580131.949999999</v>
       </c>
     </row>
-    <row r="42" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A42" s="5">
         <v>34880</v>
       </c>
       <c r="B42" s="3">
         <v>21461506.75</v>
       </c>
     </row>
-    <row r="43" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A43" s="5">
         <v>35246</v>
       </c>
       <c r="B43" s="3">
         <v>22180123.5</v>
       </c>
     </row>
-    <row r="44" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A44" s="5">
         <v>35611</v>
       </c>
       <c r="B44" s="3">
         <v>22223189.149999999</v>
       </c>
     </row>
-    <row r="45" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A45" s="5">
         <v>35976</v>
       </c>
       <c r="B45" s="3">
         <v>22005381.350000001</v>
       </c>
     </row>
-    <row r="46" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A46" s="5">
         <v>36341</v>
       </c>
       <c r="B46" s="3">
         <v>21954725.899999999</v>
       </c>
     </row>
-    <row r="47" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A47" s="5">
         <v>36707</v>
       </c>
       <c r="B47" s="3">
         <v>23016438.199999999</v>
       </c>
     </row>
-    <row r="48" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A48" s="5">
         <v>37072</v>
       </c>
       <c r="B48" s="3">
         <v>24059908.199999999</v>
       </c>
     </row>
-    <row r="49" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A49" s="5">
         <v>37437</v>
       </c>
       <c r="B49" s="3">
         <v>24804900.199999999</v>
       </c>
     </row>
-    <row r="50" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A50" s="5">
         <v>37802</v>
       </c>
       <c r="B50" s="3">
         <v>38725230.899999999</v>
       </c>
     </row>
-    <row r="51" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A51" s="5">
         <v>38168</v>
       </c>
       <c r="B51" s="3">
         <v>39616189.450000003</v>
       </c>
     </row>
-    <row r="52" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A52" s="5">
         <v>38533</v>
       </c>
       <c r="B52" s="3">
         <v>41128081.399999999</v>
       </c>
     </row>
-    <row r="53" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A53" s="5">
         <v>38898</v>
       </c>
       <c r="B53" s="3">
         <v>42046732.299999997</v>
       </c>
     </row>
-    <row r="54" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A54" s="5">
         <v>39263</v>
       </c>
       <c r="B54" s="3">
         <v>43600237.899999999</v>
       </c>
     </row>
-    <row r="55" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A55" s="5">
         <v>39629</v>
       </c>
       <c r="B55" s="3">
         <v>46931364.049999997</v>
       </c>
     </row>
-    <row r="56" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A56" s="5">
         <v>39994</v>
       </c>
       <c r="B56" s="3">
         <v>49574904.700000003</v>
       </c>
     </row>
-    <row r="57" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A57" s="5">
         <v>40359</v>
       </c>
       <c r="B57" s="3">
         <v>51259805.299999997</v>
       </c>
     </row>
-    <row r="58" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A58" s="5">
         <v>40724</v>
       </c>
       <c r="B58" s="3">
         <v>55692364</v>
       </c>
     </row>
-    <row r="59" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A59" s="5">
         <v>41090</v>
       </c>
       <c r="B59" s="3">
         <v>57639111.549999997</v>
       </c>
     </row>
-    <row r="60" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A60" s="5">
         <v>41455</v>
       </c>
       <c r="B60" s="3">
         <v>61425267.399999999</v>
       </c>
     </row>
-    <row r="61" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A61" s="5">
         <v>41820</v>
       </c>
       <c r="B61" s="3">
         <v>64430220.649999999</v>
       </c>
     </row>
-    <row r="62" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A62" s="5">
         <v>42185</v>
       </c>
       <c r="B62" s="3">
         <v>65516547.600000001</v>
       </c>
     </row>
-    <row r="63" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A63" s="5">
         <v>42551</v>
       </c>
       <c r="B63" s="3">
         <v>67629340.700000003</v>
       </c>
     </row>
-    <row r="64" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A64" s="5">
         <v>42916</v>
       </c>
       <c r="B64" s="3">
         <v>68156319.700000003</v>
       </c>
     </row>
-    <row r="65" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A65" s="5">
         <v>43281</v>
       </c>
       <c r="B65" s="3">
         <v>67941821.900000006</v>
       </c>
     </row>
-    <row r="66" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A66" s="5">
         <v>43646</v>
       </c>
       <c r="B66" s="3">
         <v>69309933.200000003</v>
       </c>
     </row>
-    <row r="67" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A67" s="5">
         <v>44012</v>
       </c>
       <c r="B67" s="3">
         <v>72870648.75</v>
       </c>
     </row>
-    <row r="68" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A68" s="5">
         <v>44377</v>
       </c>
       <c r="B68" s="3">
         <v>73457085.75</v>
       </c>
     </row>
-    <row r="69" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A69" s="5">
         <v>44742</v>
       </c>
       <c r="B69" s="3">
         <v>74979561.540000007</v>
       </c>
     </row>
-    <row r="70" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A70" s="5">
         <v>45107</v>
       </c>
       <c r="B70" s="3">
         <v>76826678.239999995</v>
       </c>
     </row>
-    <row r="71" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A71" s="5">
         <v>45473</v>
       </c>
       <c r="B71" s="3">
         <v>80368647.099999994</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A72" s="5">
+        <v>45838</v>
+      </c>
+      <c r="B72" s="3">
+        <v>84721339.650000006</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Graphiques</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>